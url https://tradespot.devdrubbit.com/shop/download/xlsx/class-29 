--- v0 (2025-10-05)
+++ v1 (2026-01-15)
@@ -4,212 +4,181 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Marcas" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>País</t>
   </si>
   <si>
     <t>Clase</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Logo</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Clase 29</t>
   </si>
   <si>
     <t>Subasta</t>
   </si>
   <si>
     <t>Figurativa</t>
   </si>
   <si>
     <t>Publicación</t>
-  </si>
-[...7 lines deleted...]
-    <t>Denominativa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="2">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellXfs count="2">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/b/457792-2ee67b2f74477ac37a311d027312d823ca851acb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G3"/>
+  <dimension ref="A1:G2"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="0"/>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>11</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="3" spans="1:7">
-[...19 lines deleted...]
-    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" tooltip="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215"/>
     <hyperlink ref="G2" r:id="rId2" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg"/>
-    <hyperlink ref="F3" r:id="rId3" display="Publicación" address="https://tradespot.devdrubbit.com/b/457792-2ee67b2f74477ac37a311d027312d823ca851acb" tooltip="https://tradespot.devdrubbit.com/b/457792-2ee67b2f74477ac37a311d027312d823ca851acb"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>